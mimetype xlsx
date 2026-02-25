--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1471,51 +1471,51 @@
   <si>
     <t>dayanakafer@hotmail.com</t>
   </si>
   <si>
     <t>Dayana Prazeres dos Santos</t>
   </si>
   <si>
     <t>346196-F</t>
   </si>
   <si>
     <t>dayanaprzrs@gmail.com</t>
   </si>
   <si>
     <t>Dayane Bicalho Antunes</t>
   </si>
   <si>
     <t>Muriaé</t>
   </si>
   <si>
     <t>149058-F</t>
   </si>
   <si>
     <t>dayantunes@gmail.com</t>
   </si>
   <si>
-    <t>Debora de Almeida Silva Faria</t>
+    <t>Debora de Almeida Silva</t>
   </si>
   <si>
     <t>56633-F </t>
   </si>
   <si>
     <t>fisiodeby@hotmail.com</t>
   </si>
   <si>
     <t>Débora Karoline Gomes Candeias </t>
   </si>
   <si>
     <t>206045-F</t>
   </si>
   <si>
     <t>debora-candeias@hotmail.com</t>
   </si>
   <si>
     <t>Deborah Silva Dias</t>
   </si>
   <si>
     <t>332906-F</t>
   </si>
   <si>
     <t>deborahsdias1@gmail.com</t>
   </si>